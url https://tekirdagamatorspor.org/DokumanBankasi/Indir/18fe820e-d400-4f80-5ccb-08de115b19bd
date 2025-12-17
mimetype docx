--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -18,76 +18,76 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00D440F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2832" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="00571DEC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="00571DEC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FUTBOL SEZONU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -104,63 +104,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SÜPER </w:t>
       </w:r>
       <w:r w:rsidR="005343EE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AMATÖR KÜME</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TERTİP KOMİTE KARARLARI</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Karar Tarihi </w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
@@ -193,93 +193,93 @@
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00D937C9" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Karar No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>: 04</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A267FA" w:rsidRDefault="00F6424D" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1-)</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002765B6">
@@ -343,62 +343,62 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tarihinde oynanan amatör lig müsabakalarının </w:t>
       </w:r>
       <w:r w:rsidR="00BF7DF7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">neticelerinin aşağıdaki şekilde </w:t>
       </w:r>
       <w:r w:rsidR="00BF7DF7" w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tesciline,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Akçeşme spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -424,51 +424,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>0-0</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Çorlu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bld</w:t>
       </w:r>
@@ -521,51 +521,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>0-1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Güngörmez spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -575,51 +575,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malkara 14 Kasım spor</w:t>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>2-0</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ç.köy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -688,51 +688,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>7-1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>100.Yıl spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -767,51 +767,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Karadeniz spor</w:t>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>0-7</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>M.Ereğlisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -866,51 +866,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ergene Gençlerbirliği spor</w:t>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>2-1</w:t>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Taşkıranlar Kapaklı 59 spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Çorlu spor</w:t>
       </w:r>
@@ -920,62 +920,62 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001653FF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>İl Disiplin Kurluna sevkine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D70839" w:rsidRDefault="00D70839" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA2C79" w:rsidRDefault="001653FF" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2-) </w:t>
       </w:r>
       <w:r w:rsidR="00210A66">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">19.10.2025 Tarihinde Akçeşme spor / Şarköy spor müsabakasında, müsabakanın 13. Dk. Da oyundan ihraç olan </w:t>
       </w:r>
       <w:r w:rsidR="00210A66" w:rsidRPr="00516342">
@@ -1017,62 +1017,62 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00210A66">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ın</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00210A66">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> İl Disiplin Kuruluna sevkine, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD07A2" w:rsidRDefault="00AD07A2" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD07A2" w:rsidRPr="001653FF" w:rsidRDefault="00AD07A2" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3-) 19.10.2025 Tarihinde Çorlu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bld</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1135,616 +1135,616 @@
         </w:rPr>
         <w:t>nolu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00516342">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> oyuncusu Mert EREN’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in İl Disiplin Kuruluna sevkine, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001653FF" w:rsidRDefault="001653FF" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001653FF" w:rsidRDefault="00516342" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4-) </w:t>
       </w:r>
       <w:r w:rsidR="00D918BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">19.10.2025 Tarihinde Kapaklı Sahasında oynanmak üzere programa ilave edilen Taşkıranlar kapaklı 59 spor / Çorlu spor müsabakası, Çorlu spor kulübünün müsabaka saatinde 7 kişilik liste vermesi üzerine müsabakanın hakem tarafından tatil edildiği raporlardan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D918BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>anlaşıldığından ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D918BD">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D918BD" w:rsidRDefault="00D918BD" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Müsabaka raporlarının </w:t>
       </w:r>
       <w:r w:rsidR="00905A75">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tanzim edilerek karara bağlanmak ü</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">zere İl Disiplin Kuruluna sevkine, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D918BD" w:rsidRDefault="00D918BD" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842A6A" w:rsidRDefault="00842A6A" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842A6A" w:rsidRDefault="00842A6A" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00FE67B4" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FE67B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oy birliği İle karar verildi.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00D918BD" w:rsidRDefault="00D918BD" w:rsidP="00F6424D">
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zafer ÖGATLAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Meral KAYA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00651BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Murat KOCAMAN</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00651BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hüseyin SARIYILDIZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>İl Temsilcisi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ASKF Temsilcisi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TÜFAD Temsilcisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gençlik S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Müd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...47 lines deleted...]
-      </w:r>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC7901" w:rsidRDefault="00CC7901" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E8778F" w:rsidRDefault="00E8778F" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E8778F" w:rsidRPr="00912C8E" w:rsidRDefault="00E8778F" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...333 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="004B6E77" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kamil DERTOP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F6424D" w:rsidRPr="00912C8E">
         <w:rPr>
@@ -2014,50 +2014,51 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0000720F"/>
     <w:rsid w:val="0000720F"/>
     <w:rsid w:val="00117196"/>
     <w:rsid w:val="001653FF"/>
     <w:rsid w:val="001B6FC3"/>
     <w:rsid w:val="001D50FE"/>
     <w:rsid w:val="00210A66"/>
     <w:rsid w:val="00240E35"/>
     <w:rsid w:val="002765B6"/>
     <w:rsid w:val="002B32DD"/>
     <w:rsid w:val="002D2903"/>
     <w:rsid w:val="002F7F47"/>
     <w:rsid w:val="003E71D1"/>
     <w:rsid w:val="004077F9"/>
     <w:rsid w:val="00435CC6"/>
     <w:rsid w:val="00471D1D"/>
     <w:rsid w:val="00484B8A"/>
     <w:rsid w:val="004B6E77"/>
     <w:rsid w:val="00516342"/>
     <w:rsid w:val="0053286C"/>
     <w:rsid w:val="005343EE"/>
     <w:rsid w:val="00545300"/>
+    <w:rsid w:val="00571DEC"/>
     <w:rsid w:val="00634920"/>
     <w:rsid w:val="00651BCB"/>
     <w:rsid w:val="00692FCC"/>
     <w:rsid w:val="00761AF4"/>
     <w:rsid w:val="007A76DC"/>
     <w:rsid w:val="00842A6A"/>
     <w:rsid w:val="00905A75"/>
     <w:rsid w:val="00931E7E"/>
     <w:rsid w:val="00A267FA"/>
     <w:rsid w:val="00AD07A2"/>
     <w:rsid w:val="00B01041"/>
     <w:rsid w:val="00BA2C79"/>
     <w:rsid w:val="00BF7DF7"/>
     <w:rsid w:val="00C6081D"/>
     <w:rsid w:val="00C72A80"/>
     <w:rsid w:val="00CA1908"/>
     <w:rsid w:val="00CA2160"/>
     <w:rsid w:val="00CC7901"/>
     <w:rsid w:val="00D23BBC"/>
     <w:rsid w:val="00D30CEB"/>
     <w:rsid w:val="00D440F9"/>
     <w:rsid w:val="00D70839"/>
     <w:rsid w:val="00D869A1"/>
     <w:rsid w:val="00D918BD"/>
     <w:rsid w:val="00D937C9"/>
@@ -2471,107 +2472,107 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="AralkYok">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA69EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA69EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="423502044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2960,51 +2961,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>264</Words>
   <Characters>1507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>