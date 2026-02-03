--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -18,76 +18,76 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00D440F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2832" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="003468B4">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="003468B4">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FUTBOL SEZONU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
@@ -104,63 +104,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SÜPER </w:t>
       </w:r>
       <w:r w:rsidR="005343EE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AMATÖR KÜME</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TERTİP KOMİTE KARARLARI</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Karar Tarihi </w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
@@ -193,848 +193,848 @@
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="002D4C66" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Karar No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>: 05</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A267FA" w:rsidRDefault="00F6424D" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002765B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Süper </w:t>
+      </w:r>
+      <w:r w:rsidR="005343EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Amatör Küme</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="005343EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D4C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00651BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ekim 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7" w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tarihinde oynanan amatör lig müsabakalarının </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neticelerinin aşağıdaki şekilde </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7" w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tesciline,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D937C9" w:rsidRDefault="00D937C9" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Şarköy spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Çorlu spor</w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D045A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>İl Disiplin Kuruluna Sevk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ergene Gençlerbirliği spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Akçeşme spor</w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>0 - 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T.dağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Karadeniz spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>M.Ereğlisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bld</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>spor</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1 - 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Muratlı </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bld</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>spor</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>100.Yıl spor</w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4 - 0</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00A267FA" w:rsidRDefault="00F6424D" w:rsidP="005343EE">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Malkara 14 Kasım spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ç.köy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1911 spor</w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1 - 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kızılpınar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Güngörmez spor</w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2 - 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Çorlu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bld</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Futbol Kulübü</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Taşkıranlar Kapaklı 59 spor   </w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="005D045A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E17A4" w:rsidRDefault="008E17A4" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E17A4" w:rsidRDefault="008E17A4" w:rsidP="005343EE">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002765B6">
-[...704 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">26.10.2025 Tarihinde Şarköy Sahasında oynanması ilan edilen Şarköy spor / Çorlu spor müsabakası, müsabakanın ilan edildiği saatte Çorlu spor Kulübünün sahada hazır bulunmaması sebebiyle müsabaka hakemi tarafından tatil edilmiştir. Müsabakaya ait raporların tanzim edilerek karara bağlanmak üzere İl Disiplin Kuruluna sevkine, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D045A" w:rsidRDefault="005D045A" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005D045A" w:rsidRPr="005D045A" w:rsidRDefault="005D045A" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D045A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3-)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1163,185 +1163,185 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">’ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> İl Disiplin Kuruluna sevkine, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D4C66" w:rsidRDefault="002D4C66" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E17A4" w:rsidRDefault="008E17A4" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00FE67B4" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE67B4">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oy birliği İle karar verildi.</w:t>
       </w:r>
       <w:r w:rsidR="00BF7DF7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zafer ÖGATLAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
@@ -1390,51 +1390,51 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00651BCB">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hüseyin SARIYILDIZ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>İl Temsilcisi</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -1548,123 +1548,123 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tems</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC7901" w:rsidRDefault="00CC7901" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E8778F" w:rsidRDefault="00E8778F" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E8778F" w:rsidRPr="00912C8E" w:rsidRDefault="00E8778F" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="004B6E77" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kamil DERTOP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F6424D" w:rsidRPr="00912C8E">
         <w:rPr>
@@ -1925,50 +1925,51 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0000720F"/>
     <w:rsid w:val="0000720F"/>
     <w:rsid w:val="00117196"/>
     <w:rsid w:val="001653FF"/>
     <w:rsid w:val="001B6FC3"/>
     <w:rsid w:val="001D50FE"/>
     <w:rsid w:val="00210A66"/>
     <w:rsid w:val="00240E35"/>
     <w:rsid w:val="002765B6"/>
     <w:rsid w:val="002B32DD"/>
     <w:rsid w:val="002D2903"/>
     <w:rsid w:val="002D4C66"/>
     <w:rsid w:val="002F7F47"/>
+    <w:rsid w:val="003468B4"/>
     <w:rsid w:val="003E71D1"/>
     <w:rsid w:val="004077F9"/>
     <w:rsid w:val="00435CC6"/>
     <w:rsid w:val="00471D1D"/>
     <w:rsid w:val="00484B8A"/>
     <w:rsid w:val="004B6E77"/>
     <w:rsid w:val="00516342"/>
     <w:rsid w:val="0053286C"/>
     <w:rsid w:val="005343EE"/>
     <w:rsid w:val="00545300"/>
     <w:rsid w:val="005D045A"/>
     <w:rsid w:val="005D6ABF"/>
     <w:rsid w:val="00634920"/>
     <w:rsid w:val="00651BCB"/>
     <w:rsid w:val="00692FCC"/>
     <w:rsid w:val="00761AF4"/>
     <w:rsid w:val="007A76DC"/>
     <w:rsid w:val="00842A6A"/>
     <w:rsid w:val="008E17A4"/>
     <w:rsid w:val="00905A75"/>
     <w:rsid w:val="00931E7E"/>
     <w:rsid w:val="00A267FA"/>
     <w:rsid w:val="00AD07A2"/>
     <w:rsid w:val="00B01041"/>
     <w:rsid w:val="00BA2C79"/>
@@ -2395,246 +2396,246 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005D045A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005D045A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005D045A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005D045A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="AralkYok">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA69EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA69EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005D045A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005D045A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005D045A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005D045A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="423502044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3036,51 +3037,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>233</Words>
   <Characters>1329</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>