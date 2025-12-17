--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -18,77 +18,79 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00D440F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2832" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="0045090F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="004B6E77">
+      <w:r w:rsidR="0045090F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-      </w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FUTBOL SEZONU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -104,182 +106,180 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SÜPER </w:t>
       </w:r>
       <w:r w:rsidR="005343EE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AMATÖR KÜME</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TERTİP KOMİTE KARARLARI</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Karar Tarihi </w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00651BCB">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>08</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00CA1908">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00761AF4" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Karar No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>: 02</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A267FA" w:rsidRPr="00A267FA" w:rsidRDefault="00F6424D" w:rsidP="005343EE">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1-)</w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002765B6">
@@ -343,102 +343,85 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tarihinde oynanan amatör lig müsabakalarının </w:t>
       </w:r>
       <w:r w:rsidR="00BF7DF7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">neticelerinin aşağıdaki şekilde </w:t>
       </w:r>
       <w:r w:rsidR="00BF7DF7" w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tesciline,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A267FA" w:rsidRDefault="00A267FA" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> spor</w:t>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kızılpınar spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malkara 14 Kasım spor</w:t>
@@ -473,119 +456,83 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Çorlu Bld. Futbol Kulübü</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Muratlı Bld. </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -611,100 +558,83 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Güngörmez spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Karadeniz spor</w:t>
+        <w:t>T.dağ Karadeniz spor</w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -714,83 +644,66 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 1911 spor</w:t>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ç.köy 1911 spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ergene Gençlerbirliği spor</w:t>
@@ -825,51 +738,51 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="AralkYok"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>100.Yıl spor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -927,1312 +840,1124 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...25 lines deleted...]
-      <w:r>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>M.Ereğlisi Bld. spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Çorlu spor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...58 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">              </w:t>
-[...7 lines deleted...]
-        <w:t>14</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651BCB" w:rsidRDefault="00651BCB" w:rsidP="00651BCB">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Taşkıranlar Kapaklı 59 spor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Akçeşme spor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C6081D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6081D">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...53 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D50FE" w:rsidRDefault="001D50FE" w:rsidP="00651BCB">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D50FE" w:rsidRDefault="001D50FE" w:rsidP="00651BCB">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">05.10.2025 Tarihinde Mustafa Uğraş Stadında oynanan Ç.Köy 1911 spor / Ergene Gençlerbirliği spor müsabakasında, müsabakanın 64. Dk da oyundan ihraç olan </w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ç.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A76DC" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">öy 1911 spor </w:t>
+      </w:r>
+      <w:r w:rsidR="007A76DC" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ulübünün 23 forma nolu Mertcan ERKAN’ </w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9" w:rsidRPr="007A76DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ın </w:t>
+      </w:r>
+      <w:r w:rsidR="004077F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İl Disiplin Kuruluna sevkine, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651BCB" w:rsidRPr="00DA4C44" w:rsidRDefault="002765B6" w:rsidP="00651BCB">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D2903">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF7DF7" w:rsidRDefault="00E81DBE" w:rsidP="002765B6">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3-)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">05.10.2025 Tarihinde 13 Kasım Sahasında oynanan Tekirdağ 100. Yıl spor / Şarköy spor müsabakasında, müsabakanın 72. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dakikasında</w:t>
       </w:r>
       <w:r w:rsidR="00692FCC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> oyun alanı dışına alındığı hakem raporundan anlaşılan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C6081D">
-[...7 lines deleted...]
-      <w:r w:rsidR="00692FCC">
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2160" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kirdağ 100. Yıl spor </w:t>
+      </w:r>
+      <w:r w:rsidR="00692FCC" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ulübünün </w:t>
+      </w:r>
+      <w:r w:rsidR="00692FCC" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öneticisi Tunç ŞE</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA69EF" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00692FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ER</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1" w:rsidRPr="00CA2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00D869A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in İl Disiplin Kuruluna sevkine, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00FE67B4" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FE67B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oy birliği İle karar verildi.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7DF7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C6081D">
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A76DC" w:rsidRDefault="007A76DC" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A76DC" w:rsidRDefault="007A76DC" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A76DC" w:rsidRPr="00912C8E" w:rsidRDefault="007A76DC" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zafer ÖGATLAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Meral KAYA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00651BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Murat KOCAMAN</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00651BCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hüseyin SARIYILDIZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>İl Temsilcisi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ASKF Temsilcisi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TÜFAD Temsilcisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gençlik S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">por </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Müd.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004077F9">
-[...329 lines deleted...]
-        <w:t xml:space="preserve"> in İl Disiplin Kuruluna sevkine, </w:t>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tems.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...42 lines deleted...]
-      </w:r>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...90 lines deleted...]
-        <w:ind w:left="360"/>
+        <w:pStyle w:val="AralkYok"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="004B6E77" w:rsidP="00F6424D">
+      <w:pPr>
+        <w:pStyle w:val="AralkYok"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kamil DERTOP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6424D" w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bekir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ali EREN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E912EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Süleyman UCUN</w:t>
+      </w:r>
+      <w:r w:rsidR="00E912EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00651BCB">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Murat KOCAMAN</w:t>
-[...15 lines deleted...]
-        <w:tab/>
+        <w:t>Mehmet SONSUZ</w:t>
       </w:r>
       <w:r w:rsidR="00651BCB">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hüseyin SARIYILDIZ</w:t>
+        <w:tab/>
+        <w:t>Ercan ÜSTÜN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F6424D" w:rsidRPr="00912C8E" w:rsidRDefault="00F6424D" w:rsidP="00F6424D">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...272 lines deleted...]
-        <w:tab/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FFHGD Temsilcisi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Saha kom.Dern Tem</w:t>
       </w:r>
       <w:r w:rsidR="00E912EF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...114 lines deleted...]
-        <w:t xml:space="preserve">.   </w:t>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s.   </w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E912EF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00912C8E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2267,97 +1992,98 @@
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0000720F"/>
     <w:rsid w:val="0000720F"/>
     <w:rsid w:val="001B6FC3"/>
     <w:rsid w:val="001D50FE"/>
     <w:rsid w:val="00240E35"/>
     <w:rsid w:val="002765B6"/>
     <w:rsid w:val="002D2903"/>
     <w:rsid w:val="002F7F47"/>
     <w:rsid w:val="003E71D1"/>
     <w:rsid w:val="004077F9"/>
+    <w:rsid w:val="0045090F"/>
     <w:rsid w:val="00471D1D"/>
     <w:rsid w:val="00484B8A"/>
     <w:rsid w:val="004B6E77"/>
     <w:rsid w:val="0053286C"/>
     <w:rsid w:val="005343EE"/>
     <w:rsid w:val="00651BCB"/>
     <w:rsid w:val="00692FCC"/>
     <w:rsid w:val="00761AF4"/>
     <w:rsid w:val="007A76DC"/>
     <w:rsid w:val="00A267FA"/>
     <w:rsid w:val="00BF7DF7"/>
     <w:rsid w:val="00C6081D"/>
     <w:rsid w:val="00C72A80"/>
     <w:rsid w:val="00CA1908"/>
     <w:rsid w:val="00CA2160"/>
     <w:rsid w:val="00D30CEB"/>
     <w:rsid w:val="00D440F9"/>
     <w:rsid w:val="00D869A1"/>
     <w:rsid w:val="00DA4C44"/>
     <w:rsid w:val="00DA69EF"/>
     <w:rsid w:val="00E81DBE"/>
     <w:rsid w:val="00E912EF"/>
     <w:rsid w:val="00F6424D"/>
     <w:rsid w:val="00FE4503"/>
   </w:rsids>
@@ -2762,107 +2488,107 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="AralkYok">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F6424D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA69EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA69EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="423502044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3199,51 +2925,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>221</Words>
   <Characters>1261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>